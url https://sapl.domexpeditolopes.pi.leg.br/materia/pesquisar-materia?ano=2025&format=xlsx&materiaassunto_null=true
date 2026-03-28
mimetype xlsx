--- v0 (2025-12-06)
+++ v1 (2026-03-28)
@@ -54,673 +54,673 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Ramon Belo</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/220/projeto_de_lei_006.2025.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/220/projeto_de_lei_006.2025.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE A DENOMINAÇÃO DA PRAÇA DO BAIRRO CAJUEIRO VELHO, E DÁ OUTRAS PROVIDÊNCIAS ''.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Abimael José do Nascimento Lima</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/190/projeto_de_lei_001-2025_-_altera_ldo_estrutura_adm.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/190/projeto_de_lei_001-2025_-_altera_ldo_estrutura_adm.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração da Lei de Diretrizes Orçamentarias para fins de remodelação da estrutura administrativa da Prefeitura de Dom Expedito Lopes, PI e as outras providencias."</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/193/projeto_de_lei_002.2025_altera_ldo.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/193/projeto_de_lei_002.2025_altera_ldo.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ALTERAÇÃO DA LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA FINS DE REMODELAÇÃO DA  ESTRUTURA ADMINISTRATIVA DA PREFEITURA DE DOM EXPEDITO LOPES – PI, E AS OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_de_lei_003.2025_-_altera_loa.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_de_lei_003.2025_-_altera_loa.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O DESMEMBRAMENTO ORÇAMENTÁRIO E CRIAÇÃO NOS ORÇAMENTOS PROGRAMAS – UNIDADE – DA _x000D_
 LEI MUNICIPAL Nº 128/2025 – LOA-2025”.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/195/projeto_de_lei__004.2025_-_lei_diretores_escolares.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/195/projeto_de_lei__004.2025_-_lei_diretores_escolares.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A GESTÃO DEMOCRÁTICA DO ENSINO DA REDE MUNICIPAL DE ENSINO DE DOM EXPEDITO LOPES/PI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_lei_01.2025-_dispoe_sobre_atendimento_preferencial_aos_caminhoneiros.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_lei_01.2025-_dispoe_sobre_atendimento_preferencial_aos_caminhoneiros.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE ATENDIMENTO PREFERENCIAL AOS CAMINHONEIROS, COM MORADIA FIXA NO MUNICÍPIO DE DOM EXPEDITO LOPES-PI, NA REDE MUNICIPAL DE SAÚDE DESTE MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/203/projeto_de_lei_n_002-2025_-_praco_velho_cajueiro.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/203/projeto_de_lei_n_002-2025_-_praco_velho_cajueiro.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE A DENOMINAÇÃO DA PRAÇA PÚBLICA DO BAIRRO CAJUEIRO VELHO, E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/204/projeto_de_lei_n_003-2025_-_praca_bairro_codo.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/204/projeto_de_lei_n_003-2025_-_praca_bairro_codo.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE A DENOMINAÇÃO DA 2ª PRAÇA PÚBLICA DO BAIRRO CODÓ, E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/205/projeto_de_lei_n_004-2025_-_avenida_novo_cajueiro.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/205/projeto_de_lei_n_004-2025_-_avenida_novo_cajueiro.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE A DENOMINAÇÃO DA AVENIDA CENTRAL DO BAIRRO NOVO CAJUEIRO (PREÁ) LADO ESQUERDO SENTIDO PICOS A TERESINA CAPITAL DO ESTADO, E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/</t>
   </si>
   <si>
     <t>''AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO, COM A(O) CAIXA ECONÔMICA FEDERAL - CEF, COM OU SEM A GARANTIA DA UNIÃO, E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/235/projeto_de_lei_010-2025_-_educacao_de_tempo_integral.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/235/projeto_de_lei_010-2025_-_educacao_de_tempo_integral.pdf</t>
   </si>
   <si>
     <t>''INSTITUI A POLÍTICA DE EDUCAÇÃO DE TEMPO INTEGRAL NA REDE MUNICIPAL DE ENSINO E DEFINE AS DIRETRIZES GERAIS E OBJETIVOS A SEREM ALCANÇADOS''.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/236/projeto_de_lei_011-2025_-_atencao_psicossocial_nas_comuniadades_escolares.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/236/projeto_de_lei_011-2025_-_atencao_psicossocial_nas_comuniadades_escolares.pdf</t>
   </si>
   <si>
     <t>''INSTITUI A POLÍTICA MUNICIPAL DE ATENÇÃO PSICOSSOCIAL NAS COMUNIDADES ESCOLARES E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/227/projeto_de_lei_012-2025_-_cria_compdec.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/227/projeto_de_lei_012-2025_-_cria_compdec.pdf</t>
   </si>
   <si>
     <t>''CRIA A COORDENADORIA MUNICIPAL DE PROTEÇÃO E DEFESA CIVEL (COMPDEC) DO MUNICÍPIO DE DOM EXPEDITO LOPES/PI EDÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/237/pl_-_isencao_esc._adv..pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/237/pl_-_isencao_esc._adv..pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE A ISENÇÃO DE TAXAS DE ALVARÁ PARA ESCRITÓRIOS DE ADVOCACIA NO MUNICÍPIO DE DOM EXPEDITO LOPES/PI, EM CONFORMIDADE COM A LEI DE LIBERDADE ECONÔMICA E A RECOMENDAÇÃO DO MINISTÉRIO DA ECONOMIA''.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/238/pl_-_conselho_mun._de_educacao.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/238/pl_-_conselho_mun._de_educacao.pdf</t>
   </si>
   <si>
     <t>“INSTITUI O CONSELHO MUNICIPAL DE EDUCAÇÃO DO MUNICÍPIO DE DOM EXPEDITO LOPES – PI, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/241/projeto_de_lei_015.2025.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/241/projeto_de_lei_015.2025.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE A DENOMINAÇÃO DA RUA ANTÔNIO JOSÉ DE ARAÚJO NO BAIRRO CODÓ LOCALIZADA ÀS MARGENS DA BR-316 LADO DIREITO SENTIDO DOM EXPEDITO LOPES À CIDADE DE PICOS-PI, E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Zé Wilson</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/242/projeto_de_lei_016.2025.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/242/projeto_de_lei_016.2025.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE A ALTERAÇÃO DO NOME DE RUA NA SEDE DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/243/projeto_de_lei_017-2025_-_regularizacao_imovel_camara_municipal_-_desapropriacao.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/243/projeto_de_lei_017-2025_-_regularizacao_imovel_camara_municipal_-_desapropriacao.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE DECLARAÇÃO DE UTILIDADE PÚBLICA À IMÓVEL PARA FINS DE REGULARIZAÇÃO DOMINIAL, RECONHECE A INDENZAÇÃO PREVIAMENTE REALIZADA E AUTORIZA A INCORPORAÇÃO DE ÁREA E EDIFICAÇÃO AO PATRIMÔNIO PÚBLICO MUNICIPAL''.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/244/projeto_de_lei_0018-2025_-_brasao.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/244/projeto_de_lei_0018-2025_-_brasao.pdf</t>
   </si>
   <si>
     <t>''INSTITUI O BRASÃO DO MUNICÍPIO DE DOM EXPEDITO LOPES-PI, E DÁ OUTRAS PROVIDÊNCIAS''</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE DENOMINAÇÃO DO NOME DE RUA NO POVOADO BURITI GRANDE, E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/246/projeto_de_lei_020-2025_-_alteracao_da_denominacao_da_rua_timoleao_de_brito_para_rua_ana_rosa_pere.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/246/projeto_de_lei_020-2025_-_alteracao_da_denominacao_da_rua_timoleao_de_brito_para_rua_ana_rosa_pere.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE ALTERAÇÃO DE DENOMINAÇÃO DE RUA, E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE A DENOMINAÇÃO DO NOME DA RUA NA SEDE DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/248/projeto_de_lei_022-2025_-_alteracao_da_denominacao_da_rua_sao_jose_para_rua_jose_belo_de_lima.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/248/projeto_de_lei_022-2025_-_alteracao_da_denominacao_da_rua_sao_jose_para_rua_jose_belo_de_lima.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE ALTERAÇÃO DE DENOMINAÇÃO DA RUA, E DÁ OUTRAS PROVIDÊNCIAS''</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Valdívia Moura</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/249/projeto_de_lei_023-2025-_festejos_sao_joao_do_codo_1.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/249/projeto_de_lei_023-2025-_festejos_sao_joao_do_codo_1.pdf</t>
   </si>
   <si>
     <t>''INSTITUI OS FESTEJOS DO CODÓ NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE DOM EXPEDITO LOPES -PI, E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/250/projeto_de_lei_024-2025-_cria_a_semana_azul.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/250/projeto_de_lei_024-2025-_cria_a_semana_azul.pdf</t>
   </si>
   <si>
     <t>CRIA A CAMPANHA PERMANENTE ''SEMANA AZUL'', SOBRE A CONSCIENTIZAÇÃO DA INCLUSÃO DAS PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA E DEFICIÊNCIA MÚLTIPLA NA REDE PÚBLICA DE ENSINO DO MUNICÍPIO DE DOM EXPEDITO LOPES-PI.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/251/projeto_025.2025.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/251/projeto_025.2025.pdf</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE DOM EXEDITO LOPES-PI PARA O EXERCÍCIO FINANCEIRO DE 2026''.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/253/projeto_de_lei_027.2025_-_programa_municipal_de_educacao_.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/253/projeto_de_lei_027.2025_-_programa_municipal_de_educacao_.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA MUNICIPAL DE BOLSAS DE APOIO À EDUCAÇÃO NO ÂMBITO DA REDE PÚBLICA MUNICIPAL DE DOM EXPEDITO LOPES-PI E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/254/projeto_028.2025.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/254/projeto_028.2025.pdf</t>
   </si>
   <si>
     <t>''AUTORIZA O PODER EXECUTIVO A INSTITUIR O PROGRAMA DE INCENTIVO TRIBUTÁRIO PARA O EMPLACAMENTO E TRANSFERÊNCIA DE VEÍCULOS PARA OMUNICÍPIO DE DOM EXPEDITO LOPES-PI, E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/255/pl_029.2025_-_programa_regularizacao_fundiaria_urbana-del__2025.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/255/pl_029.2025_-_programa_regularizacao_fundiaria_urbana-del__2025.pdf</t>
   </si>
   <si>
     <t>''AUTORIZA O PODER EXECUTIVO A INSTITUIR O PROGRAMA DE REGULARIZAÇÃO FUNDIÁRIA URBANA DE DOM EXPEDITO LOPES-PI, E A COMISSÃO DE REGULARIZAÇÃO FUNDIÁRIA URBANA, E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/256/projeto_de_lei_no_030_2025.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/256/projeto_de_lei_no_030_2025.pdf</t>
   </si>
   <si>
     <t>''INSTITUI O DIA DO COMERCIÁRIO NO MUNICÍPIO DE DOM EXPEDITO LOPES-PI, A SER CELEBRADO ANUALMENTE NO DIA 30 DE OUTUBRO, COM POSSIBILIDADE DE REMANEJAMENTO DA DATA, E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/191/projeto_de_dec._legislativo_01-2025_-_comissao_permanente_de_constituicao_e_justica_2.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/191/projeto_de_dec._legislativo_01-2025_-_comissao_permanente_de_constituicao_e_justica_2.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A NOMEAÇÃO DA COMISSÃO PERMANENTE DE CONSTITUIÇÃO E JUSTIÇA, NOS TERMOS DO ART. 21, V, “g” DO REGIMENTO INTERNO”</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/192/projeto_de_dec._legislativo_02-2025_-_comissao_permanente_de_orcamento.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/192/projeto_de_dec._legislativo_02-2025_-_comissao_permanente_de_orcamento.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A NOMEAÇÃO DA COMISSÃO PERMANENTE DE ORÇAMENTO, FINANÇAS E TRIBUTAÇÃO, NOS TERMOS DO ART. 21, V, “g” DO REGIMENTO INTERNO”</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_resolucao_no_001-2025_-__horario_de_funcionamento_da_camara_municipal_ano_-_2025.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_resolucao_no_001-2025_-__horario_de_funcionamento_da_camara_municipal_ano_-_2025.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE HORÁRIOS DE FUNCIONAMENTO E PROCEDIMENTOS DA CÂMARA MUNICIPAL DE DOM EXPEDITO LOPES-PI, E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/206/resolucao_002-2025_-_alteracao_regimento_interno.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/206/resolucao_002-2025_-_alteracao_regimento_interno.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE ALTERAÇÃO DA REDAÇÃO DO ARTIGO 49, II E PARÁGRAFO ÚNICO DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE DOM EXPEDITO LOPES-PI, E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/257/projeto_resolucao_003.2025.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/257/projeto_resolucao_003.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DA COMISSÃO ESPECIAL PARA ANÁLISE DA LDO/2026 ''LEI DE DIRETRIZES ORÇAMENTÁRIAS'' PARA O EXERCÍCIO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/258/resolucao_004.2025.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/258/resolucao_004.2025.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE A CRIAÇÃO DA COMISSÃO ESPECIAL PARA ESTUDE DE REFORMULAÇÃO NO TEXTO DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE DOM EXPEDITO LOPES-PI, E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>Emendas e Subemendas</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/218/proposta_de_emenda_a_lei_organica.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/218/proposta_de_emenda_a_lei_organica.pdf</t>
   </si>
   <si>
     <t>''ALTERA A REDAÇÃO DO ART.45 DA LEI ORGÂNICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer de Comissão</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/213/parecer_-_projeto_de_lei_08-202322062023.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/213/parecer_-_projeto_de_lei_08-202322062023.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE O ATENDIMENTO PREFERENCIAL AOS CAMINHONEIROS, COM MORADIA FIXA NO MUNICÍPIO DE DOM EXPEDITO LOPES-PI, NA REDE MUNICIPAL DE SAÚDE DESTE MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_01.2025.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_01.2025.pdf</t>
   </si>
   <si>
     <t>''DISPÕE QUE O PODER EXECUTIVO VIABILIZE ATRAVÉS DO DEPARTAMENTO COMPETENTE A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA PARA A PRAÇA DO CAJUEIRO VELHO E PARA A PRAÇA NOVA DO BAIRRO CODÓ''.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>''DISPÕE QUE O PODER EXECUTIVO VIABILIZE ATRAVÉS DO DEPARTAMENTO COMPETENTE A INSTALAÇÃO DE SINALIZAÇÃO HORIZONTAL E VERTICAL NAS PRINCIPAIS AVENIDAS E RUAS DA CIDADE''.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>''DISPÕE QUE O PODER EXECUTIVO VIABILIZE ATRAVÉS DO DEPARTAMENTO COMPETENTE A INSTALAÇÃO DE PLACAS DE DENOMINAÇÃO DAS AVENIDAS E RUAS DA CIDADE''.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_04.2025.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_04.2025.pdf</t>
   </si>
   <si>
     <t>''DISPÕE QUE O PRESENTE ORGÃO FORNEÇA CÓPIAS INTEGRAIS DE TODA DOCUMENTAÇÃO QUE REGULAMENTA A COBRANÇA DE TAXAS DE ILUMINAÇÃO PÚBLICA DESTE MUNICÍPIO ( LEIS E DECRETOS ENVIADOS DO PODER EXECUTIVO DESTE MUNICÍPIO) E EXTRATO DE TODOS OS DESCONTOS E PAGAMENTOS REALIZADOS PARA ESTE REFERIDO MUNICÍPIO NOS ÚLTIMOS 05 (CINCO) ANOS''.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>''DISPÕE QUE O PODER EXECUTIVO VIABILIZE A CONSTRUÇÃO DE UMA PRAÇA NO CAJUEIRO NOVO/PREÁ EM FRENTE À CASA DE BENEDITO TURINHA, PARA TANTO, NECESSÁRIO A REALIZAÇÃO DE ESTUDOS FINANCEIROS E ARQUITETÔNICOS''.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/219/indicativo_006.2025.doc</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/219/indicativo_006.2025.doc</t>
   </si>
   <si>
     <t>''REQUER DO PODER EXECUTIVO MUNICIPAL QUE SEJA CONSTRUÍDO LETREIRO TURÍSTICO EM PONTO ESTRATÉGICO DE NOSSA CIDADE”.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>'' DISPÕE DE AVALIAÇÃO DA POSSIBILIDADE, JUNTO COM A SECRETARIA MUNICIPAL DE OBRAS, DA IMPLANTAÇÃO DE DUAS PARADAS DE ÔNIBUS DO TIPO ABRIGO COM COBERTA, EM FRENTE À ENTRADA QUE DAR ACESSO AO POVOADO SACO DO AGRESTE, À MARGEM DA BR-316, SENDO UMA NO SENTIDO À CIDADE DE PICOS-PI, E OUTRA NO SENTIDO À CIDADE DE IPIRANGA-PI''.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>''DISPÕE DA AVALIAÇÃO DA POSSIBILIDADE, JUNTO COM A SECRETARIA MUNICIPAL DE EDUCAÇÃO, DE ABERTURA DE TURMA DA ''EJA'' (EDUCAÇÃO DE JOVENS  E ADULTOS) NO POVOADO GATURIANO''.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/225/projeto_de_indicacao_009.2025.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/225/projeto_de_indicacao_009.2025.pdf</t>
   </si>
   <si>
     <t>''DISPÕE DE AVALIAÇÃO DA POSSIBILIDADE , JUNTO COM O ORGÃO COMPETENTE, DE REALIZAR A PINTURA DA PISTA DE CAMINHADA EXISTENTE AO LONGO DA AVENIDA JOSÉ HONÓRIO DE SOUSA''.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>''DISPÕE DE AVALIAÇÃO DA POSSIBILIDADE, JUNTO A SECRETARIA MUNICIPAL COMPETENTE, DA DISPONIBILIZAÇÃO DE AJUDA DE CUSTO AOS PACIENTES COM NSUFICIÊNCIA RENAL, RESIDENTES NO MUNCÍPIO DE DOM EXPEDITO LOPES-PI, QUE PASSAM PELO TRATAMENTO POR MEIO DE HEMODIÁLISE''.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/228/indicativos-021.2025.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/228/indicativos-021.2025.pdf</t>
   </si>
   <si>
     <t>''QUE O MESMO AVALIE A POSSIBILIDADE, JUNTO COM A SECRETARIA MUNICIPAL DE SAÚDE, DE REALIZAR A CONTRATAÇÃO DE UM(A) MÉDICO(A) PEDIATRA PARA ATENDER  NO MUNICÍPIO''</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/229/indicativos-022.2025.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/229/indicativos-022.2025.pdf</t>
   </si>
   <si>
     <t>''QUE O MESMO AVALIE A POSSIBILIDADE, JUNTO COM A SECRETARIA MUNICIPAL DE OBRAS, DE REALIZAR A CORREÇÃO DA COBERTURA DO ESGOTO, LOCALIZADO NA ESQUINA ENTRE AS RUAS JOSÉ PEREIRA DE MOURA E 13 DE MAIO, EM FRENTE A RESIDÊNCIA DA SENHORA EDILENE DE MOURA ALVES''.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>''QUE O MESMO AVALIE A POSSIBLIDADE, JUNTO COM A SECRETARIA  MUNICIPAL COMPETENTE, DA INSTALAÇÃO DE BANCOS AO LONGO DE TODO CALÇADÃO(CANTEIRO CENTRAL) EXISTENTE NA LOCALIZADE NOVO CAJUEIRO(PREÁ)''.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/231/indicativos-024.2025.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/231/indicativos-024.2025.pdf</t>
   </si>
   <si>
     <t>''QUE O MESMO AVALEI A POSSIBILIDADE, JUNTO COM A SECRETARIA MUNICIPAL COMPETENTE, DA CONTRATAÇÃO DE ''MATA-BURRO'' NA ENTRADA QUE LIGA O ALTO DA PASSAGEM À SERRA DOS PINHEIROS, NAS PROXIMIDADES DO ANTIGO PARQUE DE VAQUEJADA''.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/232/indicativos-025.2025.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/232/indicativos-025.2025.pdf</t>
   </si>
   <si>
     <t>''QUE SEJA DECRETADO PONTO FACULTATIVO MUNICIPAL NO DIA 16 DE MAIO DE 2025, SOMENTE PARA OS TRABALHADORES QUE ATUEM NO SERVIÇO DE LIMPEZA DAS RUAS E COLETA DE LIXO PÚBLICO DO NOSSO MUNICÍPIO, EM COMEMORAÇÃO AO DIA DO GARI''.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/233/indicativos-026.2025.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/233/indicativos-026.2025.pdf</t>
   </si>
   <si>
     <t>''QUE O MESMO AVALIE JUNTO COM A SECRETARIA MUNICIPAL COMPETENTE, DA CONSTRUÇÃO DE UMA QUADRA DE FUTSAL OU CAMPO DE FUTEBOL SOCIETY NO BAIRRO CODÓ. NO ENTANTO, ENQUANTO ESTA OBRA NÃO SEJA REALIZADA, INDICO QUE SEJA INSTALADO TELAS DE PROTEÇÃO NO ATUAL LOCAL UTILIZADO PARA A PRÁTICA DE FUTEBOL NO REFERIDO BAIRRO, LOCAL ESTE CONHECIDO COMO ''CIMENTINHO''.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/234/indicativos-027.2025.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/234/indicativos-027.2025.pdf</t>
   </si>
   <si>
     <t>''QUE O MESMO AVALIE A POSSIBILIDADE, JUNTO COM A SECRETARIA MUNICIPAL COMPETENTE, DA REVITALIZAÇÃO DO CAMPO DE FUTEBOL DO POVOADO GATURIANO, REALIZANDO A MANUTENÇÃO E/OU TROCAS DAS TRAVES, LIMPEZA E RETIRADA DE ENTULHOS E LIXO AO REDOR DO CAMPO, DEMARCAÇÃO DE TODO O CAMPO, COLOCAÇÃO DE REDES NAS TRAVES, CORREÇÃO DE DESNÍVEL DO TERRENO, DENTRE OUTRAS BENFEITORIAS QUE ACHAR PERTINENTE''.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>''Que o Poder Executivo realize um estudo de viabilidade para que sejam construídos 03 (três) quebra-molas na entrada do Bairro Codó (mão e contramão). Os referidos quebra-molas serão localizados: 01 em frente à casa do Sr. Pedro de Cândido, 01 em frente à casa do Sr. José Quinor e 01 em frente à casa do Sr. Luiz Ovídio''.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>De Assis</t>
   </si>
   <si>
     <t>''QUE O MESMO AVALIE A POSSIBILIDADE, JUNTO COM A SECRETARIA MUNICIPAL DE OBRAS, QUE SEJA INSTALADO NAS PRINCIPAIS RUAS E AVENIDAS DESTE MUNICÍPIO, COM ESPECIALIDADE NOS PONTOS ESTRATÉGICOS DA CIDADE DE DOM EXPEDITO LOPES -PI, 01(UMA) CENTRAL DE MONITORAMENTO COM CÂMARAS DE ALTA RESOLUÇÃO.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/196/projeto_de_lc_001.2025_-_reforma_administrativa_del.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/196/projeto_de_lc_001.2025_-_reforma_administrativa_del.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA E O QUADRO DE PESSOAL DA PREFEITURA MUNICIPAL DE DOM EXPEDITO LOPES-PI E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Outras Matérias</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE O CALENDÁRIO DAS SESSÕES ORDINÁRIAS DA CÂMARA MUNICIPAL DO ANO 2025''.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
@@ -1040,68 +1040,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/220/projeto_de_lei_006.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/190/projeto_de_lei_001-2025_-_altera_ldo_estrutura_adm.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/193/projeto_de_lei_002.2025_altera_ldo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_de_lei_003.2025_-_altera_loa.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/195/projeto_de_lei__004.2025_-_lei_diretores_escolares.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_lei_01.2025-_dispoe_sobre_atendimento_preferencial_aos_caminhoneiros.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/203/projeto_de_lei_n_002-2025_-_praco_velho_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/204/projeto_de_lei_n_003-2025_-_praca_bairro_codo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/205/projeto_de_lei_n_004-2025_-_avenida_novo_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/235/projeto_de_lei_010-2025_-_educacao_de_tempo_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/236/projeto_de_lei_011-2025_-_atencao_psicossocial_nas_comuniadades_escolares.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/227/projeto_de_lei_012-2025_-_cria_compdec.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/237/pl_-_isencao_esc._adv..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/238/pl_-_conselho_mun._de_educacao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/241/projeto_de_lei_015.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/242/projeto_de_lei_016.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/243/projeto_de_lei_017-2025_-_regularizacao_imovel_camara_municipal_-_desapropriacao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/244/projeto_de_lei_0018-2025_-_brasao.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/246/projeto_de_lei_020-2025_-_alteracao_da_denominacao_da_rua_timoleao_de_brito_para_rua_ana_rosa_pere.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/248/projeto_de_lei_022-2025_-_alteracao_da_denominacao_da_rua_sao_jose_para_rua_jose_belo_de_lima.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/249/projeto_de_lei_023-2025-_festejos_sao_joao_do_codo_1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/250/projeto_de_lei_024-2025-_cria_a_semana_azul.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/251/projeto_025.2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/253/projeto_de_lei_027.2025_-_programa_municipal_de_educacao_.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/254/projeto_028.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/255/pl_029.2025_-_programa_regularizacao_fundiaria_urbana-del__2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/256/projeto_de_lei_no_030_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/191/projeto_de_dec._legislativo_01-2025_-_comissao_permanente_de_constituicao_e_justica_2.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/192/projeto_de_dec._legislativo_02-2025_-_comissao_permanente_de_orcamento.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_resolucao_no_001-2025_-__horario_de_funcionamento_da_camara_municipal_ano_-_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/206/resolucao_002-2025_-_alteracao_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/257/projeto_resolucao_003.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/258/resolucao_004.2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/218/proposta_de_emenda_a_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/213/parecer_-_projeto_de_lei_08-202322062023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_01.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_04.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/219/indicativo_006.2025.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/225/projeto_de_indicacao_009.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/228/indicativos-021.2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/229/indicativos-022.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/231/indicativos-024.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/232/indicativos-025.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/233/indicativos-026.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/234/indicativos-027.2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/196/projeto_de_lc_001.2025_-_reforma_administrativa_del.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/220/projeto_de_lei_006.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/190/projeto_de_lei_001-2025_-_altera_ldo_estrutura_adm.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/193/projeto_de_lei_002.2025_altera_ldo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_de_lei_003.2025_-_altera_loa.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/195/projeto_de_lei__004.2025_-_lei_diretores_escolares.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_lei_01.2025-_dispoe_sobre_atendimento_preferencial_aos_caminhoneiros.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/203/projeto_de_lei_n_002-2025_-_praco_velho_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/204/projeto_de_lei_n_003-2025_-_praca_bairro_codo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/205/projeto_de_lei_n_004-2025_-_avenida_novo_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/235/projeto_de_lei_010-2025_-_educacao_de_tempo_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/236/projeto_de_lei_011-2025_-_atencao_psicossocial_nas_comuniadades_escolares.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/227/projeto_de_lei_012-2025_-_cria_compdec.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/237/pl_-_isencao_esc._adv..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/238/pl_-_conselho_mun._de_educacao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/241/projeto_de_lei_015.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/242/projeto_de_lei_016.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/243/projeto_de_lei_017-2025_-_regularizacao_imovel_camara_municipal_-_desapropriacao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/244/projeto_de_lei_0018-2025_-_brasao.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/246/projeto_de_lei_020-2025_-_alteracao_da_denominacao_da_rua_timoleao_de_brito_para_rua_ana_rosa_pere.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/248/projeto_de_lei_022-2025_-_alteracao_da_denominacao_da_rua_sao_jose_para_rua_jose_belo_de_lima.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/249/projeto_de_lei_023-2025-_festejos_sao_joao_do_codo_1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/250/projeto_de_lei_024-2025-_cria_a_semana_azul.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/251/projeto_025.2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/253/projeto_de_lei_027.2025_-_programa_municipal_de_educacao_.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/254/projeto_028.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/255/pl_029.2025_-_programa_regularizacao_fundiaria_urbana-del__2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/256/projeto_de_lei_no_030_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/191/projeto_de_dec._legislativo_01-2025_-_comissao_permanente_de_constituicao_e_justica_2.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/192/projeto_de_dec._legislativo_02-2025_-_comissao_permanente_de_orcamento.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_resolucao_no_001-2025_-__horario_de_funcionamento_da_camara_municipal_ano_-_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/206/resolucao_002-2025_-_alteracao_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/257/projeto_resolucao_003.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/258/resolucao_004.2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/218/proposta_de_emenda_a_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/213/parecer_-_projeto_de_lei_08-202322062023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_01.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_04.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/219/indicativo_006.2025.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/225/projeto_de_indicacao_009.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/228/indicativos-021.2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/229/indicativos-022.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/231/indicativos-024.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/232/indicativos-025.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/233/indicativos-026.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/234/indicativos-027.2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2025/196/projeto_de_lc_001.2025_-_reforma_administrativa_del.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="31" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="180" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="179.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>