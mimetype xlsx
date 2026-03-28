--- v0 (2026-01-26)
+++ v1 (2026-03-28)
@@ -54,491 +54,491 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Mª RENATA ALVES DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/145/projeto_de_lei_01-2024_-_convalidacao_loa.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/145/projeto_de_lei_01-2024_-_convalidacao_loa.pdf</t>
   </si>
   <si>
     <t>Convalida a Lei nº 124, de 05 de dezembro de 2023  que estima a receita e fixa a despesa do Município de Dom Expedito Lopes para o exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/146/projeto_de_lei_-_gratificacao_da_saude_bucal.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/146/projeto_de_lei_-_gratificacao_da_saude_bucal.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito da Secretaria Municipal de Saúde de Dom Expedito Lopes-PI a gratificação por desempenho da Saúde bucal, no âmbito do Sistema Único de Saúde - SUS, e dá outras providencias.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/147/projeto_de_lei_03-2024-_altera_a_lei_do_previne_brasil1.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/147/projeto_de_lei_03-2024-_altera_a_lei_do_previne_brasil1.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO §1º DO ART. 4º DA LEI  MUNICIPAL Nº 118/2023 QUE INSTITUI O PROGRAMA PREVINE BRASIL PARA FINANCIAMENTO DE GRATIFICAÇÃO POR DESEMPENHO AOS PROFISSIONAIS DAS EQUIPES DA ATENÇÃO BÁSICA DE SAÚDE NO ÂMBITO DO MUNICÍPIO DE DOM EXPEDITO LOPES/PI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Marcilene Barros</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/153/projeto_de_lei_-_marcilene.doc</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/153/projeto_de_lei_-_marcilene.doc</t>
   </si>
   <si>
     <t>“Institui a Semana Municipal de Empreendedorismo Feminino e o Dia da Mulher Empreendedora Expedito Lopense”.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Kyldary Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/160/projeto_de_lei_05-2024_-_dispoe_a_realizacao_do_censo_para_diagnostico_de_criancas_e_jovens_com_transtornos_do_espectro_autista_tea.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/160/projeto_de_lei_05-2024_-_dispoe_a_realizacao_do_censo_para_diagnostico_de_criancas_e_jovens_com_transtornos_do_espectro_autista_tea.pdf</t>
   </si>
   <si>
     <t>Dispõe a realização do censo para diagnóstico de crianças e jovens com transtornos do espectro autista (TEA) Matriculados nas Escolas do Município de Dom Expedito Lopes-PI e dá outras providências.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Ireny</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/162/projeto_de_lei_06-2024-_denomina_biblioteca.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/162/projeto_de_lei_06-2024-_denomina_biblioteca.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Biblioteca da Unidade Escolar Estefânia Conrado Situada no Povoado Sitiozinho do Município de dom Expedito Lopes/PI.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Valmir Barbosa de Araújo</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/</t>
   </si>
   <si>
     <t>Dispoe sobre as Diretrizes Orçamentárias para o exercício financeiro de 2025 do Município de Dom /expedito Lopes e dá outras providencias.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/182/projeto_de_lei_-_08-2024_-_logradouros_sitiozinho.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/182/projeto_de_lei_-_08-2024_-_logradouros_sitiozinho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE  LOGRADOUROS PÚBLICOS DA LOCALIDADE SITIOZINHO.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/189/pl_-_09_-_loa_orcamento_2025_del.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/189/pl_-_09_-_loa_orcamento_2025_del.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Dom Expedito Lopes para o exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Valdívia Moura</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/148/projeto_de_decreto_legislativo_01-2024_-_comissao_permanente_de_orcamento_2.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/148/projeto_de_decreto_legislativo_01-2024_-_comissao_permanente_de_orcamento_2.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A NOMEAÇÃO DA COMISSÃO PERMANENTE DE ORÇAMENTO, FINANÇAS E TRIBUTAÇÃO, NOS TERMOS DO ART. 21, V, “g” DO REGIMENTO INTERNO”</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/151/projeto_de_dec._legislativo_-_titulo_cidadania_-_carlos_alberto_pereira_da_silva.docx</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/151/projeto_de_dec._legislativo_-_titulo_cidadania_-_carlos_alberto_pereira_da_silva.docx</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO HONORÁRIO NOS TERMOS DO INC. XV DO ART. 40 DA LEI ORGÂNICA DO MUNICÍPIO DE DOM EXPEDITO LOPES/PI.”</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/152/projeto_de_dec._legislativo_-_titulo_cidadania_-_thales_coelho_pimentel.docx</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/152/projeto_de_dec._legislativo_-_titulo_cidadania_-_thales_coelho_pimentel.docx</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Renata Belo</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>Alecxo Belo</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/154/projeto_de_dec._legislativo_-_titulo_cidadania_-_isaac_pinheiro_benevides.docx</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/154/projeto_de_dec._legislativo_-_titulo_cidadania_-_isaac_pinheiro_benevides.docx</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/157/projeto_de_dec._legislativo_-_comissao_permanente_de_constituicao_e_justica_1.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/157/projeto_de_dec._legislativo_-_comissao_permanente_de_constituicao_e_justica_1.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A NOMEAÇÃO DA COMISSÃO PERMANENTE DE CONSTITUIÇÃO E JUSTIÇA, NOS TERMOS DO ART. 21, V, “g” DO REGIMENTO INTERNO”</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/159/projeto_de_decreto_legislativo_008.2024_-_titulo_cidadao_honorario_kennedy.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/159/projeto_de_decreto_legislativo_008.2024_-_titulo_cidadao_honorario_kennedy.pdf</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/166/projeto_de_dec._legislativo_-_julgamento_de_contas_-_reprovacao_1.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/166/projeto_de_dec._legislativo_-_julgamento_de_contas_-_reprovacao_1.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O JULGAMENTO DE CONTAS DO PODER EXECUTIVO MUNICIPAL – EXERCÍCIO 2017 – NOS TERMOS DO ART. 31 DA CONSTITUIÇÃO_x000D_
 FEDERAL, ART. 40, XX DA LEI ORGÂNICA E ART. 162 DO REGIMENTO INTERNO”</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO HONORÁRIO NOS TERMOS DO INC. XV DO ART. 40 DA LEI ORGÂNICA DO MUNICÍPIO DE DOM EXPEDITO LOPES PI”.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/178/projeto_de_dec._legislativo_011-2024_-_comissao_permanente_de_constituicao_e_justica_2.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/178/projeto_de_dec._legislativo_011-2024_-_comissao_permanente_de_constituicao_e_justica_2.pdf</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/179/projeto_de_decreto_legislativo_no_12-_veto.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/179/projeto_de_decreto_legislativo_no_12-_veto.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REJEIÇÃO AO VETO APRESENTADO PELO PODER EXECUTIVO MUNICIPAL AO INDICATIVO DE LEI Nº 001/2024”</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/183/projeto_de_decreto_legislativo_13-2024.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/183/projeto_de_decreto_legislativo_13-2024.pdf</t>
   </si>
   <si>
     <t>“Concede o Título de Cidadã Honorária a senhora FRANCISCA IVETE DO NASCIMENTO LIMA.”</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Lopes</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/184/projeto_de_decreto_legislativo_14-2024.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/184/projeto_de_decreto_legislativo_14-2024.pdf</t>
   </si>
   <si>
     <t>“Concede o Título de Cidadão Honorário ao senhor ARTHUR CAVALCANTE VIANA.”</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>“Concede o Título de Cidadão Honorário ao senhor VALDEMIRO OSTERNES FILHO.”</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O JULGAMENTO DE CONTAS DO PODER EXECUTIVO MUNICIPAL – EXERCÍCIO 2017 – NOS TERMOS DO ART. 31 DA CONSTITUIÇÃO FEDERAL, ART. 40, XX DA LEI ORGÂNICA E ART. 162 DO REGIMENTO INTERNO”</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/181/projeto_de_resolucao_-_subsidio_vereador.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/181/projeto_de_resolucao_-_subsidio_vereador.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do subsídios dos vereadores da Câmara Municipal de dom Expedito Lopes e dá outras providências.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>Emendas e Subemendas</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA MODIFICATIVA AO PROJETO DE LEI ORÇAMENTÁRIA ANUAL 2025.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Vetos</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/176/veto_01-2024_-_prefeitura_municipal_de_dom_expedito_lopes.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/176/veto_01-2024_-_prefeitura_municipal_de_dom_expedito_lopes.pdf</t>
   </si>
   <si>
     <t>Veto ao Indicativo de projeto de Lei 01-2024.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer de Comissão</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição e Justiça</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/180/parecer_veto_indicativo_1.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/180/parecer_veto_indicativo_1.pdf</t>
   </si>
   <si>
     <t>O Sr. Valmir Barbosa de Araujo, chefe do Poder Executivo Municipal, apresentou a esta casa, veto ao indicativo de lei nº 001/2024, apresentado pelo Vereador Kyldary Gonçalves, e aprovado pela unanimidade desta casa._x000D_
 Com esteio no Regimento Interno desta casa, a Comissão Permanente de Legislação, Justiça e Redação Final manifestar-se-á quando da ocorrência do veto.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>REL</t>
   </si>
   <si>
     <t>Relatório de Comissão</t>
   </si>
   <si>
     <t>COFT - Comissão de Orçamento, Finanças e Tributação</t>
   </si>
   <si>
     <t>Relatório referente à Prestação de Contas do Chefe do Poder Executivo Municipal - Exercício de 2017, Ref. Parecer Prévio nº 075/2021 - SSC (Proc. TC N. 007043 /2018)</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/169/indicativo_de_projeto_de_lei_no_01-2024.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/169/indicativo_de_projeto_de_lei_no_01-2024.pdf</t>
   </si>
   <si>
     <t>“INSTITUIR O PROGRAMA BOLSA DESPORTO JOSÉ FERREIRA JÚNIOR (JÚNIOR DE ZÉ DE TERESA) NO MUNICÍPIO DE DOM EXPEDITO LOPES-PI E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/175/indicativo_de_projeto_de_lei_02-2024_-_projeto_azular.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/175/indicativo_de_projeto_de_lei_02-2024_-_projeto_azular.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE: A CRIAÇÃO DA CASA AZULAR (CENTRO MUNICIPAL DE REFERÊNCIA DO AUTISMO E DA PESSOA COM DEFICIÊNCIA PARA A POPULAÇÃO NO ÂMBITO DO MUNICÍPIO DE DOM EXPEDITO LOPES-PI E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Venho por meio deste, representando os moradores da área circunvizinha à Praça Isabel  Carvalho de Araújo, localizada no Povoado Sitiozinho, Zona rural deste município, requerer a vossa  atenção para a necessidade urgente de construção de uma lombada na avenida principal, em frente à praça pública</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Pedido de afastamento para tratar de assunto de interesse particular, pelo prazo de 121 (cento e vinte e um) dias;</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/161/requerimento_003_-_2024_-_kyldary.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/161/requerimento_003_-_2024_-_kyldary.pdf</t>
   </si>
   <si>
     <t>EMENTA: Solicita do chefe do poder executivo: A RECUPERAÇÃO DA QUADRA DE ESPORTES E EVENTOS, localizada no Bairro Codó, na cidade de Dom expedito Lopes-PI.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/164/requerimento_004-2024_-_lopes.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/164/requerimento_004-2024_-_lopes.pdf</t>
   </si>
   <si>
     <t>Venho por meio deste, representando os moradores da área circunvizinha à localidade Tinguis, localizada no Povoado Buriti Grande, Zona rural deste município, requerer a vossa atenção para a necessidade urgente de construção de uma lombada nesta localidade.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/167/requerimento__05_-_2024_construcao_de_mata-burro_localidade_tinguis_lopes.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/167/requerimento__05_-_2024_construcao_de_mata-burro_localidade_tinguis_lopes.pdf</t>
   </si>
   <si>
     <t>Venho por meio deste, representando os moradores da área circunvizinha à localidade Tinguis, localizada no Povoado Buriti Grande, Zona rural deste município, requerer a vossa atenção para a necessidade urgente de construção de um “mata-burro” nesta localidade.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>Venho por meio deste, representando os moradores do Povoado Buriti Grande, deste município, requerer a vossa atenção para a necessidade urgente de construção de uma Parada de Ônibus na Avenida João Vieira.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Arquivo - ARQ</t>
   </si>
   <si>
     <t>Requerimento para uso da Tribuna Popular na Sessão Ordinária 10-2024</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>Eu, MARIA RENATA ALVES DE SOUSA, brasileira, divorciada, vereadora eleita para o período 2021-2024, venho por meio deste, requerer, que após ouvido o Plenário desta casa (inc. VI, “c” do art. 21, RI) me conceda afastamento pelo período de 120 (cento e vinte) dias para tratar de assunto de interesse pessoal, com esteio e fundamento no §1º do art. 56 da CF/88 e no art. 43 do Regimento Interno desta casa.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>MOÇ</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/158/mocao_de_pesar1.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/158/mocao_de_pesar1.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS À MESA, OUVIDO O PLENÁRIO E CUMPRIDAS ÀS FORMALIDADES REGIMENTAIS, QUE SEJA ENVIADO À FAMÍLIA DANTAS UMA MOÇÃO DE PROFUNDO PESAR EM HONRA AO FALECIMENTO DO SENHOR EDVALDO FERREIRA DANTAS.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Outras Matérias</t>
   </si>
   <si>
     <t>Apresentação do voto da Comissão de Orçamento, Tributação e Finanças sobre o julgamento de contas do exercício de 2018;</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>Leitura de Denuncia em face do Sr. Valmir Barbosa de Araújo.</t>
   </si>
   <si>
     <t>186</t>
   </si>
@@ -881,68 +881,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/145/projeto_de_lei_01-2024_-_convalidacao_loa.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/146/projeto_de_lei_-_gratificacao_da_saude_bucal.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/147/projeto_de_lei_03-2024-_altera_a_lei_do_previne_brasil1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/153/projeto_de_lei_-_marcilene.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/160/projeto_de_lei_05-2024_-_dispoe_a_realizacao_do_censo_para_diagnostico_de_criancas_e_jovens_com_transtornos_do_espectro_autista_tea.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/162/projeto_de_lei_06-2024-_denomina_biblioteca.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/182/projeto_de_lei_-_08-2024_-_logradouros_sitiozinho.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/189/pl_-_09_-_loa_orcamento_2025_del.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/148/projeto_de_decreto_legislativo_01-2024_-_comissao_permanente_de_orcamento_2.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/151/projeto_de_dec._legislativo_-_titulo_cidadania_-_carlos_alberto_pereira_da_silva.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/152/projeto_de_dec._legislativo_-_titulo_cidadania_-_thales_coelho_pimentel.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/154/projeto_de_dec._legislativo_-_titulo_cidadania_-_isaac_pinheiro_benevides.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/157/projeto_de_dec._legislativo_-_comissao_permanente_de_constituicao_e_justica_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/159/projeto_de_decreto_legislativo_008.2024_-_titulo_cidadao_honorario_kennedy.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/166/projeto_de_dec._legislativo_-_julgamento_de_contas_-_reprovacao_1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/178/projeto_de_dec._legislativo_011-2024_-_comissao_permanente_de_constituicao_e_justica_2.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/179/projeto_de_decreto_legislativo_no_12-_veto.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/183/projeto_de_decreto_legislativo_13-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/184/projeto_de_decreto_legislativo_14-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/181/projeto_de_resolucao_-_subsidio_vereador.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/176/veto_01-2024_-_prefeitura_municipal_de_dom_expedito_lopes.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/180/parecer_veto_indicativo_1.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/169/indicativo_de_projeto_de_lei_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/175/indicativo_de_projeto_de_lei_02-2024_-_projeto_azular.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/161/requerimento_003_-_2024_-_kyldary.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/164/requerimento_004-2024_-_lopes.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/167/requerimento__05_-_2024_construcao_de_mata-burro_localidade_tinguis_lopes.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/158/mocao_de_pesar1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/145/projeto_de_lei_01-2024_-_convalidacao_loa.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/146/projeto_de_lei_-_gratificacao_da_saude_bucal.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/147/projeto_de_lei_03-2024-_altera_a_lei_do_previne_brasil1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/153/projeto_de_lei_-_marcilene.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/160/projeto_de_lei_05-2024_-_dispoe_a_realizacao_do_censo_para_diagnostico_de_criancas_e_jovens_com_transtornos_do_espectro_autista_tea.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/162/projeto_de_lei_06-2024-_denomina_biblioteca.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/182/projeto_de_lei_-_08-2024_-_logradouros_sitiozinho.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/189/pl_-_09_-_loa_orcamento_2025_del.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/148/projeto_de_decreto_legislativo_01-2024_-_comissao_permanente_de_orcamento_2.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/151/projeto_de_dec._legislativo_-_titulo_cidadania_-_carlos_alberto_pereira_da_silva.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/152/projeto_de_dec._legislativo_-_titulo_cidadania_-_thales_coelho_pimentel.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/154/projeto_de_dec._legislativo_-_titulo_cidadania_-_isaac_pinheiro_benevides.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/157/projeto_de_dec._legislativo_-_comissao_permanente_de_constituicao_e_justica_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/159/projeto_de_decreto_legislativo_008.2024_-_titulo_cidadao_honorario_kennedy.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/166/projeto_de_dec._legislativo_-_julgamento_de_contas_-_reprovacao_1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/178/projeto_de_dec._legislativo_011-2024_-_comissao_permanente_de_constituicao_e_justica_2.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/179/projeto_de_decreto_legislativo_no_12-_veto.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/183/projeto_de_decreto_legislativo_13-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/184/projeto_de_decreto_legislativo_14-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/181/projeto_de_resolucao_-_subsidio_vereador.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/176/veto_01-2024_-_prefeitura_municipal_de_dom_expedito_lopes.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/180/parecer_veto_indicativo_1.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/169/indicativo_de_projeto_de_lei_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/175/indicativo_de_projeto_de_lei_02-2024_-_projeto_azular.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/161/requerimento_003_-_2024_-_kyldary.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/164/requerimento_004-2024_-_lopes.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/167/requerimento__05_-_2024_construcao_de_mata-burro_localidade_tinguis_lopes.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2024/158/mocao_de_pesar1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="49.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="209.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="208.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>