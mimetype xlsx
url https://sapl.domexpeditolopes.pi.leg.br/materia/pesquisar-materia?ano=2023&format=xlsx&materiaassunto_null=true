--- v0 (2026-01-26)
+++ v1 (2026-03-28)
@@ -54,656 +54,656 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Renata Belo</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA E ORGANIZAÇÃO ADMINISTRATIVA DA CÂMARA MUNICIPAL DE DOM EXPEDITO LOPES – PIAUÍ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Marcilene Barros</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/89/projeto_de_lei_02-2023_altera_a_lei_municipal_no_260-2015_19-03-2015.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/89/projeto_de_lei_02-2023_altera_a_lei_municipal_no_260-2015_19-03-2015.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº260-2015 DE 19-03-2015</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Valdívia Moura</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/92/projeto_de_lei_03-2023_-_feriado_municipal_padroeira.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/92/projeto_de_lei_03-2023_-_feriado_municipal_padroeira.pdf</t>
   </si>
   <si>
     <t>Institui feriado municipal no dia 08 de setembro, “Dia da Padroeira do Município de Dom Expedito Lopes, Nossa Senhora do Perpétuo Socorro”.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/94/projeto_de_lei_04-2023-_conselho_tutelar.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/94/projeto_de_lei_04-2023-_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>Estabelece a Estrutura e o Funcionamento do Conselho Tutelar Do Município de Dom Expedito Lopes, Estado do Piauí, e dá outras providências.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Valmir Barbosa de Araújo</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/95/projeto_de_lei__05-2023__eja.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/95/projeto_de_lei__05-2023__eja.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER BOLSA AUXÍLIO PERMANÊNCIA PARA ESTUDANTES DO ENSINO FUNDAMENTAL DA MODALIDADE EDUCAÇÃO DE JOVENS E ADULTOS - EJA DA REDE MUNICIPAL DE ENSINO DO MUNICÍPIO DE DOM EXPEDITO LOPES, ESTADO DO PIAUÍ E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI Nº 234/2013 QUE DISPÕE SOBRE O CONSELHO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE - CMDCA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício financeiro de 2024 do município de Dom Expedito Lopes e dá outras providências.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Ireny</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/98/projeto_de_lei_08-2023_-_institui_o_dia_do_empreendedor16052023.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/98/projeto_de_lei_08-2023_-_institui_o_dia_do_empreendedor16052023.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DO EMPREENDEDOR NO MUNICÍPIO DE DOM EXPEDITO LOPES/PI.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/99/pl_09-2023_-_definicao_do_perimetro_urbano_de_dom_expedito_lopes.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/99/pl_09-2023_-_definicao_do_perimetro_urbano_de_dom_expedito_lopes.pdf</t>
   </si>
   <si>
     <t>Define o perímetro urbano do Município de Dom Expedito Lopes e dá outras providências.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>De Assis</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/103/projeto_de_lei_10_-_2023_-_dispoe_sobre_a_denominacao_de_rua_publica_-_alcides_anfrisio_dos_santos.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/103/projeto_de_lei_10_-_2023_-_dispoe_sobre_a_denominacao_de_rua_publica_-_alcides_anfrisio_dos_santos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Denominação de rua pública.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/104/projeto_de_lei_11_-_2023_-_dispoe_sobre_a_denominacao_de_rua_publica.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/104/projeto_de_lei_11_-_2023_-_dispoe_sobre_a_denominacao_de_rua_publica.pdf</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/105/projeto_de_lei_12_-_2023_-_anexo_1_-_credito_adicional_no_orcamento_de_2023..pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/105/projeto_de_lei_12_-_2023_-_anexo_1_-_credito_adicional_no_orcamento_de_2023..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no Orçamento de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE CULTURA DO MUNICÍPIO DE DOM EXPEDITO LOPES – CMC/DEL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/107/projeto_de_lei_14_-_2023_-_anexo_3_-_criacao_do_fundo_municipal_de_cultura..pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/107/projeto_de_lei_14_-_2023_-_anexo_3_-_criacao_do_fundo_municipal_de_cultura..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO FUNDO MUNICIPAL DE CULTURA - FMC DO MUNICÍPIO DE DOM EXPEDITO LOPES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/108/projeto_de_lei_15_-2023_-_anexo_4_-_criacao_do_sistema_municipal_de_cultura..pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/108/projeto_de_lei_15_-2023_-_anexo_4_-_criacao_do_sistema_municipal_de_cultura..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO SISTEMA MUNICIPAL DE CULTURA NO MUNICÍPIO DE DOM EXPEDITO LOPES, ESTADO DO PIAUÍ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/109/projeto_de_lei_16_-_2023_-anexo_5_-_criacao_do_conselho_municipal_de_esporte_e_lazer..pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/109/projeto_de_lei_16_-_2023_-anexo_5_-_criacao_do_conselho_municipal_de_esporte_e_lazer..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE ESPORTE E LAZER DE DOM EXPEDITO LOPES/PI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO FUNDO MUNICIPAL DE ESPORTE E LAZER - FMEL DO MUNICÍPIO DE DOM EXPEDITO LOPES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/111/projeto_de_lei_18-2023_-_anexo_7_-_criacao_do_sistema_municipal_de_esporte_e_lazer..pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/111/projeto_de_lei_18-2023_-_anexo_7_-_criacao_do_sistema_municipal_de_esporte_e_lazer..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO SISTEMA MUNICIPAL DE ESPORTE E LAZER DE DOM EXPEDITO LOPES/PI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Everaldo</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/112/projeto_de_lei_19_-_2023_-_destina-se_a_nomiacao_de_rua_no_povoado_sitiozinho_no.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/112/projeto_de_lei_19_-_2023_-_destina-se_a_nomiacao_de_rua_no_povoado_sitiozinho_no.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação de rua pública localizada no Povoado Sitiozinho, no município de Dom Expedito Lopes – PI”</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/113/projeto_de_lei_20_-_2023_-_previne_brasil_1.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/113/projeto_de_lei_20_-_2023_-_previne_brasil_1.pdf</t>
   </si>
   <si>
     <t>Institui o PROGRAMA PREVINE BRASIL para financiamento de gratificação por desempenho aos profissionais das equipes da Atenção Básica de Saúde no âmbito do município de Dom Expedito Lopes/PI, e dá outras providências.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a CAIXA ECONÔMICA FEDERAL - CEF, e dá outras providências.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Atribui à Secretaria Municipal de Agricultura, Meio Ambiente e Recursos Hídricos - SEAMA  a competência para gerenciar o serviço autônomo de água para a Associação dos agricultores de Serra do Baliza no Município de Dom Expedito Lopes - Piauí e dá outras providencias, seguindo o que deliberou a assembleia geral extraordinária da associação dos agricultores da Serra do Baliza - AASB  que aconteceu no dia 16 de julho de 2023.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/120/projeto_de_lei_23_-2023_denomina_a_unidade_basica_de_saude_do_codo14092023.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/120/projeto_de_lei_23_-2023_denomina_a_unidade_basica_de_saude_do_codo14092023.pdf</t>
   </si>
   <si>
     <t>Denomina a Unidade Básica de Saúde (USB) localizada no Bairro Codó no Município de Dom Expedito Lopes-PI</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/121/projeto_de_lei_24_-_2023_-_anexo_2_-_piso_dos_profissionais_da_enfermagem.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/121/projeto_de_lei_24_-_2023_-_anexo_2_-_piso_dos_profissionais_da_enfermagem.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a complementação do PISO SALARIAL NACIONAL DOS PROFISSIONAIS DA ENFERMAGEM no município de Dom Expedito Lopes/PI, e dá outras providências.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/123/projeto_de_lei__25_-_2023_-__projeto_de_lei_refis.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/123/projeto_de_lei__25_-_2023_-__projeto_de_lei_refis.pdf</t>
   </si>
   <si>
     <t>Institui o sistema de recuperação fiscal - REFIS - Relativo aos débitos fiscais, com o fisco municipal, e dá outras providencias.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Denomina o Auditório do Prédio Público da Secretaria de Obras e Agricultura no Município de Dom Expedito Lopes/PI e dá outras providencias.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/128/projeto_de_lei_27_-2023_-_loa_-_orcamento_2024_del.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/128/projeto_de_lei_27_-2023_-_loa_-_orcamento_2024_del.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Dom Expedito Lopes para o exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/142/projeto_de_lei_28-2023_-_dispoem_sobre_a_transformacao_da_estrada_das_umbuzeiras_como_rota_turistica.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/142/projeto_de_lei_28-2023_-_dispoem_sobre_a_transformacao_da_estrada_das_umbuzeiras_como_rota_turistica.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a transformação da estrada dos Umbuzeiros em uma rota turística, ecológica e de preservação ambiental permanente, e estabelece a mata de Umbuzeiros como área de preservação permanente na comunidade de Buriti Grande (Zona Rural), município de Dom Expedito Lopes-Piauí e dá outras providencias.”</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Movimentação das contas bancárias.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>MARIA RENATA ALVES DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/87/projeto_de_dec._legislativo_-_02_-_2023__uso_predio_camara1.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/87/projeto_de_dec._legislativo_-_02_-_2023__uso_predio_camara1.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A AUTORIZAÇÃO DO USO DO PRÉDIO DA CÂMARA MUNICIPAL DE DOM EXPEDITO LOPES PELA SERVENTIA ÚNICA EXTRAJUDICIAL DE DOM EXPEDITO LOPES”</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/129/projeto_de_decreto_legislativo_03-2023_marcilene_0324112023.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/129/projeto_de_decreto_legislativo_03-2023_marcilene_0324112023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR LUCAS CARDOSO DANTAS.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/130/projeto_de_decreto_legislativo_04-2023_marcilene24112023.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/130/projeto_de_decreto_legislativo_04-2023_marcilene24112023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR CÉLIO ALVES DA SILVA.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR GILVÁ RAMOS _x000D_
 BARROSO.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/132/projeto_de_decreto_legislativo_06-2023_2.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/132/projeto_de_decreto_legislativo_06-2023_2.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE  CIDADÃO HONORÁRIO AO SENHOR FRANCISCO  UALISSON DA SILVA BERNARDES”</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/133/projeto_de_decreto_legislativo_07-2023.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/133/projeto_de_decreto_legislativo_07-2023.pdf</t>
   </si>
   <si>
     <t>“Concede o Título de Cidadã Honorária à Assistente Social JAKELINE BORGES LEAL”</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/134/projeto_de_decreto_legislativo_08-2023-_titulo_cidadao_josely.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/134/projeto_de_decreto_legislativo_08-2023-_titulo_cidadao_josely.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO HONORÁRIO AO  SENHOR JOSELY CLEMENTINO DE  MOURA SANTOS”</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/135/pauta_da_sessao_ordinaria_09-2023.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/135/pauta_da_sessao_ordinaria_09-2023.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO HONORÁRIO NOS TERMOS DO INC. XV DO ART. 40 DA LEI ORGÂNICA DO MUNICÍPIO DE DOM_x000D_
 EXPEDITO LOPES/PI.”</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>Lopes</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/137/projeto_de_decreto_legislativo_11-2021_.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/137/projeto_de_decreto_legislativo_11-2021_.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR JOELINALDO LEAL MOURA”</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR LUIZ PEREIRA DOS SANTOS”</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>MOVIMENTAÇÃO BANCÁRIA</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/140/projeto_de_decreto_legislativo_14-2023_-cidadao_honorario_-_everaldo.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/140/projeto_de_decreto_legislativo_14-2023_-cidadao_honorario_-_everaldo.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR EVERALDO GONÇALVES DE MOURA.”</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/141/projeto_de_decreto_legislativo_14-2023.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/141/projeto_de_decreto_legislativo_14-2023.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Honorária à Enfermeira MARIA ZENEUMA GOMES DE VASCO.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/143/projeto_de_decreto_legislativo_16-2023.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/143/projeto_de_decreto_legislativo_16-2023.pdf</t>
   </si>
   <si>
     <t>“Concede o Título de Cidadã Honorária ao senhor PABLO DANTAS DE MOURA SANTOS.”</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/144/projeto_de_decreto_legislativo_17-2023.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/144/projeto_de_decreto_legislativo_17-2023.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR JADYEL SILVA ALENCAR”</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/85/projeto_de_lei_01-2023_-_organizacao_administrativa.docx</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/85/projeto_de_lei_01-2023_-_organizacao_administrativa.docx</t>
   </si>
   <si>
     <t>“REAJUSTA OS VALORES DAS DIARIAS DO PODER LEGISLATIVO MUNICIPAL</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>Emendas e Subemendas</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/88/proposta_de_emenda_a_lei_organica_-__01-2023.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/88/proposta_de_emenda_a_lei_organica_-__01-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS À LEI ORGÂNICA DO MUNICÍPIO DE DOM EXPEDITO LOPES, ESTADO DO PIAUÍ.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/93/emenda_ao_projeto_de_lei_n_002.20231.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/93/emenda_ao_projeto_de_lei_n_002.20231.pdf</t>
   </si>
   <si>
     <t>A COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, composta pelos VER. Wilson de Sousa Fé (LOPES) – PT, VER. Alecxo de Moura Belo – MDB, VER. Everaldo Gonçalves de Moura - REPUBLICANOS, apresenta no uso de suas atribuições legais conferida pela Lei Orgânica do Município e Regimento Interno da Câmara Municipal de Dom Expedito Lopes, emenda ao projeto de lei nº 002/23, de 23 de fevereiro de 2023</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO do Parágrafo Único do art. 26 projeto de lei nº 007/2023 - LDO, a fim de suprimir a preposição “até”.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer de Comissão</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição e Justiça</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/90/parecer_01-2023_projeto_de_lei_no_02.2023.docx</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/90/parecer_01-2023_projeto_de_lei_no_02.2023.docx</t>
   </si>
   <si>
     <t>Altera a lei municipal nº 260/2015 e dispõe sobre outras providências.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/91/parecer_02-2023_projeto_de_lei_no_003.2023.docx</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/91/parecer_02-2023_projeto_de_lei_no_003.2023.docx</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/114/parecer_projeto_de_lei_no_004.2023.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/114/parecer_projeto_de_lei_no_004.2023.pdf</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a conceder bolsa auxílio permanência para estudantes do ensino fundamental da modalidade educação de jovens e adultos - EJA da rede municipal de ensino do município de Dom Expedito Lopes, estado do Piauí e, dá outras providências.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/116/parecer_projeto_de_lei_no_006.2023_-_composicao_cmdca.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/116/parecer_projeto_de_lei_no_006.2023_-_composicao_cmdca.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da lei nº 234/2013 que dispõe sobre o Conselho Municipal dos Direitos da Criança e do Adolescente - CMDCA, e dá outras providências.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Institui o dia do empreendedor no município de Dom Expedito Lopes/PI e dá outras providências.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Indica a construção de uma parada de ônibus no povoado Buriti Grande.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>INDICO ao Excelentíssimo Senhor Prefeito Municipal Valmir Barbosa de Araújo, nos termos regimentais, para que determine ao setor competente (Secretara Municipal de Obras), no sentido que fosse viabilizado a construção de uma Parada de Ônibus no bairro Alto Alegre. A parada ficará localizada próximo à Barraca do irmão Neném às margens da BR316.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/125/projeto_de_lei_complementar__02-2023_-__projeto_de_lei_refis.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/125/projeto_de_lei_complementar__02-2023_-__projeto_de_lei_refis.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL  – REFIS – RELATIVO AOS DÉBITOS FISCAIS COM O FISCO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/126/projeto_lei_complementar_03-2023_extincao_cargo_aux_enferm.pdf</t>
+    <t>http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/126/projeto_lei_complementar_03-2023_extincao_cargo_aux_enferm.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a extinção do cargo efetivo de Auxiliar de Enfermagem e sobre o aproveitamento dos servidores efetivos que possuem habilitação técnica para o cargo de Técnico de Enfermagem, no âmbito do Poder Executivo do Município de Dom Expedito Lopes/PI, e dá outras providências.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>MOÇ</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora envio de moção de apoio ao Congresso Nacional, em face da tentativa de legalização do aborto por meio da ADPF 442, a fim de garantir as prerrogativas constitucionais e republicanas das competências do Poder Legislativo e de se evitar um possível ativismo judicial por parte do Supremo Tribunal Federal.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -1022,68 +1022,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/89/projeto_de_lei_02-2023_altera_a_lei_municipal_no_260-2015_19-03-2015.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/92/projeto_de_lei_03-2023_-_feriado_municipal_padroeira.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/94/projeto_de_lei_04-2023-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/95/projeto_de_lei__05-2023__eja.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/98/projeto_de_lei_08-2023_-_institui_o_dia_do_empreendedor16052023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/99/pl_09-2023_-_definicao_do_perimetro_urbano_de_dom_expedito_lopes.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/103/projeto_de_lei_10_-_2023_-_dispoe_sobre_a_denominacao_de_rua_publica_-_alcides_anfrisio_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/104/projeto_de_lei_11_-_2023_-_dispoe_sobre_a_denominacao_de_rua_publica.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/105/projeto_de_lei_12_-_2023_-_anexo_1_-_credito_adicional_no_orcamento_de_2023..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/107/projeto_de_lei_14_-_2023_-_anexo_3_-_criacao_do_fundo_municipal_de_cultura..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/108/projeto_de_lei_15_-2023_-_anexo_4_-_criacao_do_sistema_municipal_de_cultura..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/109/projeto_de_lei_16_-_2023_-anexo_5_-_criacao_do_conselho_municipal_de_esporte_e_lazer..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/111/projeto_de_lei_18-2023_-_anexo_7_-_criacao_do_sistema_municipal_de_esporte_e_lazer..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/112/projeto_de_lei_19_-_2023_-_destina-se_a_nomiacao_de_rua_no_povoado_sitiozinho_no.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/113/projeto_de_lei_20_-_2023_-_previne_brasil_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/120/projeto_de_lei_23_-2023_denomina_a_unidade_basica_de_saude_do_codo14092023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/121/projeto_de_lei_24_-_2023_-_anexo_2_-_piso_dos_profissionais_da_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/123/projeto_de_lei__25_-_2023_-__projeto_de_lei_refis.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/128/projeto_de_lei_27_-2023_-_loa_-_orcamento_2024_del.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/142/projeto_de_lei_28-2023_-_dispoem_sobre_a_transformacao_da_estrada_das_umbuzeiras_como_rota_turistica.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/87/projeto_de_dec._legislativo_-_02_-_2023__uso_predio_camara1.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/129/projeto_de_decreto_legislativo_03-2023_marcilene_0324112023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/130/projeto_de_decreto_legislativo_04-2023_marcilene24112023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/132/projeto_de_decreto_legislativo_06-2023_2.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/133/projeto_de_decreto_legislativo_07-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/134/projeto_de_decreto_legislativo_08-2023-_titulo_cidadao_josely.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/135/pauta_da_sessao_ordinaria_09-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/137/projeto_de_decreto_legislativo_11-2021_.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/140/projeto_de_decreto_legislativo_14-2023_-cidadao_honorario_-_everaldo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/141/projeto_de_decreto_legislativo_14-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/143/projeto_de_decreto_legislativo_16-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/144/projeto_de_decreto_legislativo_17-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/85/projeto_de_lei_01-2023_-_organizacao_administrativa.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/88/proposta_de_emenda_a_lei_organica_-__01-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/93/emenda_ao_projeto_de_lei_n_002.20231.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/90/parecer_01-2023_projeto_de_lei_no_02.2023.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/91/parecer_02-2023_projeto_de_lei_no_003.2023.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/114/parecer_projeto_de_lei_no_004.2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/116/parecer_projeto_de_lei_no_006.2023_-_composicao_cmdca.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/125/projeto_de_lei_complementar__02-2023_-__projeto_de_lei_refis.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/126/projeto_lei_complementar_03-2023_extincao_cargo_aux_enferm.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/89/projeto_de_lei_02-2023_altera_a_lei_municipal_no_260-2015_19-03-2015.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/92/projeto_de_lei_03-2023_-_feriado_municipal_padroeira.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/94/projeto_de_lei_04-2023-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/95/projeto_de_lei__05-2023__eja.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/98/projeto_de_lei_08-2023_-_institui_o_dia_do_empreendedor16052023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/99/pl_09-2023_-_definicao_do_perimetro_urbano_de_dom_expedito_lopes.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/103/projeto_de_lei_10_-_2023_-_dispoe_sobre_a_denominacao_de_rua_publica_-_alcides_anfrisio_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/104/projeto_de_lei_11_-_2023_-_dispoe_sobre_a_denominacao_de_rua_publica.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/105/projeto_de_lei_12_-_2023_-_anexo_1_-_credito_adicional_no_orcamento_de_2023..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/107/projeto_de_lei_14_-_2023_-_anexo_3_-_criacao_do_fundo_municipal_de_cultura..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/108/projeto_de_lei_15_-2023_-_anexo_4_-_criacao_do_sistema_municipal_de_cultura..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/109/projeto_de_lei_16_-_2023_-anexo_5_-_criacao_do_conselho_municipal_de_esporte_e_lazer..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/111/projeto_de_lei_18-2023_-_anexo_7_-_criacao_do_sistema_municipal_de_esporte_e_lazer..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/112/projeto_de_lei_19_-_2023_-_destina-se_a_nomiacao_de_rua_no_povoado_sitiozinho_no.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/113/projeto_de_lei_20_-_2023_-_previne_brasil_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/120/projeto_de_lei_23_-2023_denomina_a_unidade_basica_de_saude_do_codo14092023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/121/projeto_de_lei_24_-_2023_-_anexo_2_-_piso_dos_profissionais_da_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/123/projeto_de_lei__25_-_2023_-__projeto_de_lei_refis.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/128/projeto_de_lei_27_-2023_-_loa_-_orcamento_2024_del.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/142/projeto_de_lei_28-2023_-_dispoem_sobre_a_transformacao_da_estrada_das_umbuzeiras_como_rota_turistica.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/87/projeto_de_dec._legislativo_-_02_-_2023__uso_predio_camara1.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/129/projeto_de_decreto_legislativo_03-2023_marcilene_0324112023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/130/projeto_de_decreto_legislativo_04-2023_marcilene24112023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/132/projeto_de_decreto_legislativo_06-2023_2.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/133/projeto_de_decreto_legislativo_07-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/134/projeto_de_decreto_legislativo_08-2023-_titulo_cidadao_josely.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/135/pauta_da_sessao_ordinaria_09-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/137/projeto_de_decreto_legislativo_11-2021_.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/140/projeto_de_decreto_legislativo_14-2023_-cidadao_honorario_-_everaldo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/141/projeto_de_decreto_legislativo_14-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/143/projeto_de_decreto_legislativo_16-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/144/projeto_de_decreto_legislativo_17-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/85/projeto_de_lei_01-2023_-_organizacao_administrativa.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/88/proposta_de_emenda_a_lei_organica_-__01-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/93/emenda_ao_projeto_de_lei_n_002.20231.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/90/parecer_01-2023_projeto_de_lei_no_02.2023.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/91/parecer_02-2023_projeto_de_lei_no_003.2023.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/114/parecer_projeto_de_lei_no_004.2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/116/parecer_projeto_de_lei_no_006.2023_-_composicao_cmdca.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/125/projeto_de_lei_complementar__02-2023_-__projeto_de_lei_refis.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/sapl/public/materialegislativa/2023/126/projeto_lei_complementar_03-2023_extincao_cargo_aux_enferm.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.domexpeditolopes.pi.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="36.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="181.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="180.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>